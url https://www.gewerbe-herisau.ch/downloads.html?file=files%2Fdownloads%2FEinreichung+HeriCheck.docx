--- v0 (2025-10-16)
+++ v1 (2025-12-01)
@@ -1,367 +1,392 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps8.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/glossary/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="0042447B" w:rsidRDefault="00392961" w:rsidP="007B76DD">
+    <w:p w14:paraId="268D3123" w14:textId="77777777" w:rsidR="0042447B" w:rsidRDefault="00392961" w:rsidP="007B76DD">
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75CF18D0" wp14:editId="24F7D645">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2910518A" wp14:editId="7214D3B3">
             <wp:extent cx="3600450" cy="152400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Bild 1" descr="Gewerbverein_Logo_2f"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="Gewerbverein_Logo_2f"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16" cstate="print">
+                    <a:blip r:embed="rId15" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3600450" cy="152400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0042447B" w:rsidRDefault="0042447B" w:rsidP="007B76DD"/>
-    <w:p w:rsidR="00FE4BF6" w:rsidRPr="00BF3A96" w:rsidRDefault="00375C93" w:rsidP="001F717A">
+    <w:p w14:paraId="11A2CC02" w14:textId="77777777" w:rsidR="0042447B" w:rsidRDefault="0042447B" w:rsidP="007B76DD"/>
+    <w:p w14:paraId="2D79165C" w14:textId="298DEF23" w:rsidR="00FE4BF6" w:rsidRPr="00BF3A96" w:rsidRDefault="00375C93" w:rsidP="001F717A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="5236"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Kontakt</w:t>
       </w:r>
       <w:r w:rsidR="001F717A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="001F717A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00FE4BF6" w:rsidRPr="00BF3A96">
-[...3 lines deleted...]
-        <w:t>Dominik Meile</w:t>
+      <w:r w:rsidR="007F6CF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Marc Gossner</w:t>
       </w:r>
       <w:r w:rsidR="001F717A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, Kassier</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE4BF6" w:rsidRPr="00BF3A96" w:rsidRDefault="001F717A" w:rsidP="00FE4BF6">
+    <w:p w14:paraId="195B92A7" w14:textId="64B9A391" w:rsidR="00FE4BF6" w:rsidRPr="00BF3A96" w:rsidRDefault="001F717A" w:rsidP="00FE4BF6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="5236"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Telefon:   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FE4BF6" w:rsidRPr="00BF3A96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>071 354 85 14</w:t>
+        <w:t xml:space="preserve">071 354 85 </w:t>
+      </w:r>
+      <w:r w:rsidR="007F6CF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>27</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00392961" w:rsidRDefault="00FE4BF6" w:rsidP="00FE4BF6">
+    <w:p w14:paraId="6915D23A" w14:textId="5DBF2B46" w:rsidR="00392961" w:rsidRDefault="00FE4BF6" w:rsidP="00FE4BF6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="5236"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00BF3A96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>E-Mail:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF3A96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
-        <w:t>dominik.meile@</w:t>
+      </w:r>
+      <w:r w:rsidR="007F6CF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>marc.gossner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF3A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>@</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>sgkb.ch</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0042447B" w:rsidRDefault="0042447B" w:rsidP="007B76DD"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="0042447B">
+    <w:p w14:paraId="052EF8CE" w14:textId="77777777" w:rsidR="0042447B" w:rsidRDefault="0042447B" w:rsidP="007B76DD"/>
+    <w:p w14:paraId="760BA25E" w14:textId="77777777" w:rsidR="0042447B" w:rsidRDefault="0042447B" w:rsidP="007B76DD"/>
+    <w:p w14:paraId="3760DE72" w14:textId="77777777" w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="0042447B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FE4BF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Gewerbeverein Herisau</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="0042447B">
+    <w:p w14:paraId="1A427D47" w14:textId="6E69E9BB" w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="0042447B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE4BF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>c/o St.Galler Kantonalbank</w:t>
       </w:r>
+      <w:r w:rsidR="007F6CF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AG</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="0042447B">
+    <w:p w14:paraId="03CCD9AC" w14:textId="4A799A1C" w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="0042447B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE4BF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Dominik Meile</w:t>
+      </w:r>
+      <w:r w:rsidR="007F6CF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Herr Marc Gossner</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="0042447B">
+    <w:p w14:paraId="64C75CE5" w14:textId="77777777" w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="0042447B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE4BF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>Kasernenstrasse 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="0042447B">
+    <w:p w14:paraId="4F43ACFC" w14:textId="77777777" w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="0042447B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE4BF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>9102 Herisau</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="007B76DD">
+    <w:p w14:paraId="725019AF" w14:textId="77777777" w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="007B76DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="007B76DD">
+    <w:p w14:paraId="05F63C20" w14:textId="77777777" w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="007B76DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="0042447B">
+    <w:p w14:paraId="526D3A51" w14:textId="77777777" w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="0042447B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE4BF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00155C6E" w:rsidRPr="00FE4BF6" w:rsidRDefault="00155C6E" w:rsidP="00155C6E">
+    <w:p w14:paraId="43631316" w14:textId="77777777" w:rsidR="00155C6E" w:rsidRPr="00FE4BF6" w:rsidRDefault="00155C6E" w:rsidP="00155C6E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE4BF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Einlösung HeriCheck</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00155C6E" w:rsidRPr="00FE4BF6" w:rsidRDefault="00155C6E" w:rsidP="007B76DD">
+    <w:p w14:paraId="4AE00EC7" w14:textId="77777777" w:rsidR="00155C6E" w:rsidRPr="00FE4BF6" w:rsidRDefault="00155C6E" w:rsidP="007B76DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00155C6E" w:rsidRDefault="00155C6E" w:rsidP="00155C6E">
+    <w:p w14:paraId="10A3D5B1" w14:textId="77777777" w:rsidR="00155C6E" w:rsidRDefault="00155C6E" w:rsidP="00155C6E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE4BF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Wir bitten Sie, dieses </w:t>
       </w:r>
       <w:r w:rsidR="0005420E" w:rsidRPr="00FE4BF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Formular</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE4BF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0005420E" w:rsidRPr="00FE4BF6">
         <w:rPr>
@@ -468,494 +493,508 @@
       <w:r w:rsidRPr="00FE4BF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> auf Ihr Bank</w:t>
       </w:r>
       <w:r w:rsidR="0005420E" w:rsidRPr="00FE4BF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>- oder Post</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE4BF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">konto </w:t>
       </w:r>
       <w:r w:rsidR="0005420E" w:rsidRPr="00FE4BF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>überwiesen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00375C93" w:rsidRDefault="00375C93" w:rsidP="00155C6E">
+    <w:p w14:paraId="7849A244" w14:textId="77777777" w:rsidR="00375C93" w:rsidRDefault="00375C93" w:rsidP="00155C6E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00375C93" w:rsidRPr="00FE4BF6" w:rsidRDefault="00375C93" w:rsidP="00155C6E">
+    <w:p w14:paraId="3BE30908" w14:textId="77777777" w:rsidR="00375C93" w:rsidRPr="00FE4BF6" w:rsidRDefault="00375C93" w:rsidP="00155C6E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Dieses Formular können Sie unter </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="001048FE">
           <w:rPr>
-            <w:rStyle w:val="Link"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
-          <w:t>https://www.gewerbe-herisau.ch/downloads.html</w:t>
+          <w:t>https://www.gewerbe-herisau.ch/dow</w:t>
+        </w:r>
+        <w:r w:rsidRPr="001048FE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>n</w:t>
+        </w:r>
+        <w:r w:rsidRPr="001048FE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>loads.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> herunterladen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00155C6E" w:rsidRDefault="00155C6E" w:rsidP="00155C6E">
+    <w:p w14:paraId="0FDE5B57" w14:textId="77777777" w:rsidR="00155C6E" w:rsidRDefault="00155C6E" w:rsidP="00155C6E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00013D33" w:rsidRPr="00FE4BF6" w:rsidRDefault="00013D33" w:rsidP="00155C6E">
+    <w:p w14:paraId="6062CD81" w14:textId="77777777" w:rsidR="00013D33" w:rsidRPr="00FE4BF6" w:rsidRDefault="00013D33" w:rsidP="00155C6E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Vielen Dank.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00155C6E" w:rsidRPr="00FE4BF6" w:rsidRDefault="00155C6E" w:rsidP="00155C6E">
+    <w:p w14:paraId="4972B0D8" w14:textId="77777777" w:rsidR="00155C6E" w:rsidRPr="00FE4BF6" w:rsidRDefault="00155C6E" w:rsidP="00155C6E">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00155C6E" w:rsidRPr="00FE4BF6" w:rsidRDefault="00155C6E" w:rsidP="007B76DD">
+    <w:p w14:paraId="4FF72649" w14:textId="77777777" w:rsidR="00155C6E" w:rsidRPr="00FE4BF6" w:rsidRDefault="00155C6E" w:rsidP="007B76DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="007B76DD">
+    <w:p w14:paraId="578493DD" w14:textId="77777777" w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="007B76DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE4BF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="SGKBTabelleStandard"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="4958"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w:rsidTr="00A6481A">
+      <w:tr w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w14:paraId="40BD493B" w14:textId="77777777" w:rsidTr="00A6481A">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="363"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w:rsidRDefault="00501574" w:rsidP="00501574">
+          <w:p w14:paraId="14295ADB" w14:textId="77777777" w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w:rsidRDefault="00501574" w:rsidP="00501574">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE4BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Name/Firma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4958" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D04DCD" w:rsidRPr="00EF1C6D" w:rsidRDefault="000E7B84" w:rsidP="00706F73">
+          <w:p w14:paraId="118F47AC" w14:textId="77777777" w:rsidR="00D04DCD" w:rsidRPr="00EF1C6D" w:rsidRDefault="007F6CF1" w:rsidP="00706F73">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1395394094"/>
                 <w:placeholder>
                   <w:docPart w:val="2B863E0E375E45899E84C65AF59CDA58"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00706F73" w:rsidRPr="00EF1C6D">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:vanish/>
                   </w:rPr>
                   <w:t>Geschäft</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w:rsidTr="00A6481A">
+      <w:tr w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w14:paraId="127F9FF7" w14:textId="77777777" w:rsidTr="00A6481A">
         <w:trPr>
           <w:trHeight w:val="363"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w:rsidRDefault="00475D0C" w:rsidP="00EF1C6D">
+          <w:p w14:paraId="38AF3BAB" w14:textId="77777777" w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w:rsidRDefault="00475D0C" w:rsidP="00EF1C6D">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Adresse, PLZ und Ort</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4958" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D04DCD" w:rsidRPr="00EF1C6D" w:rsidRDefault="000E7B84" w:rsidP="00501574">
+          <w:p w14:paraId="3590E3CB" w14:textId="77777777" w:rsidR="00D04DCD" w:rsidRPr="00EF1C6D" w:rsidRDefault="007F6CF1" w:rsidP="00501574">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1865190"/>
                 <w:placeholder>
                   <w:docPart w:val="3C304995452347DF809FCDAE81C3D234"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00501574" w:rsidRPr="00EF1C6D">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Adresse</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w:rsidTr="00A6481A">
+      <w:tr w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w14:paraId="09C36D14" w14:textId="77777777" w:rsidTr="00A6481A">
         <w:trPr>
           <w:trHeight w:val="363"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w:rsidRDefault="00D04DCD" w:rsidP="00EF1C6D">
+          <w:p w14:paraId="45288991" w14:textId="77777777" w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w:rsidRDefault="00D04DCD" w:rsidP="00EF1C6D">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE4BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anzahl HeriCheck</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4958" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D04DCD" w:rsidRPr="00EF1C6D" w:rsidRDefault="000E7B84" w:rsidP="00501574">
+          <w:p w14:paraId="3F325A6A" w14:textId="77777777" w:rsidR="00D04DCD" w:rsidRPr="00EF1C6D" w:rsidRDefault="007F6CF1" w:rsidP="00501574">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1988129045"/>
                 <w:placeholder>
                   <w:docPart w:val="0EBC813E7ACA4047B46AD44EF0D79B1D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003B1161">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Stückz</w:t>
                 </w:r>
                 <w:r w:rsidR="00501574" w:rsidRPr="00EF1C6D">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>ahl</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w:rsidTr="00A6481A">
+      <w:tr w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w14:paraId="1C7D97E5" w14:textId="77777777" w:rsidTr="00A6481A">
         <w:trPr>
           <w:trHeight w:val="363"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w:rsidRDefault="00D04DCD" w:rsidP="00EF1C6D">
+          <w:p w14:paraId="293C4034" w14:textId="77777777" w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w:rsidRDefault="00D04DCD" w:rsidP="00EF1C6D">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE4BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Betrag in CHF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4958" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D04DCD" w:rsidRPr="00EF1C6D" w:rsidRDefault="000E7B84" w:rsidP="00EF1C6D">
+          <w:p w14:paraId="0777DD9E" w14:textId="77777777" w:rsidR="00D04DCD" w:rsidRPr="00EF1C6D" w:rsidRDefault="007F6CF1" w:rsidP="00EF1C6D">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="295195035"/>
                 <w:placeholder>
                   <w:docPart w:val="264DF50587EE477B957E2D159961982D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00501574" w:rsidRPr="00EF1C6D">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Betrag CHF</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w:rsidTr="00A6481A">
+      <w:tr w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w14:paraId="7D6D5C4F" w14:textId="77777777" w:rsidTr="00A6481A">
         <w:trPr>
           <w:trHeight w:val="363"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w:rsidRDefault="00D04DCD" w:rsidP="00EF1C6D">
+          <w:p w14:paraId="1938E716" w14:textId="77777777" w:rsidR="00D04DCD" w:rsidRPr="00FE4BF6" w:rsidRDefault="00D04DCD" w:rsidP="00EF1C6D">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE4BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bankverbindung</w:t>
             </w:r>
             <w:r w:rsidR="00155C6E" w:rsidRPr="00FE4BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (IBAN)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4958" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D04DCD" w:rsidRPr="00EF1C6D" w:rsidRDefault="000E7B84" w:rsidP="00EF1C6D">
+          <w:p w14:paraId="370607FE" w14:textId="77777777" w:rsidR="00D04DCD" w:rsidRPr="00EF1C6D" w:rsidRDefault="007F6CF1" w:rsidP="00EF1C6D">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-811174982"/>
                 <w:placeholder>
                   <w:docPart w:val="A59EEEE23218406C80E9C83063A7B9DF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00EF1C6D" w:rsidRPr="00EF1C6D">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
@@ -980,374 +1019,369 @@
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>0</w:t>
                 </w:r>
                 <w:r w:rsidR="00D04DCD" w:rsidRPr="00EF1C6D">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:vanish/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>000 0000 0000 0</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="007B76DD">
+    <w:p w14:paraId="677B3603" w14:textId="77777777" w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="007B76DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="007B76DD">
+    <w:p w14:paraId="7CD3FFE8" w14:textId="77777777" w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="007B76DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="007B76DD">
+    <w:p w14:paraId="6C0D59EB" w14:textId="77777777" w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="007B76DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A6481A" w:rsidRPr="00FE4BF6" w:rsidRDefault="00A6481A" w:rsidP="00A6481A">
+    <w:p w14:paraId="573F8947" w14:textId="77777777" w:rsidR="00A6481A" w:rsidRPr="00FE4BF6" w:rsidRDefault="00A6481A" w:rsidP="00A6481A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="2268"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE4BF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="SGKBTabelleStandard"/>
         <w:tblW w:w="2268" w:type="dxa"/>
         <w:tblInd w:w="-3" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A6481A" w:rsidRPr="00FE4BF6" w:rsidTr="00392961">
+      <w:tr w:rsidR="00A6481A" w:rsidRPr="00FE4BF6" w14:paraId="0E181FFA" w14:textId="77777777" w:rsidTr="00392961">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-1926723364"/>
             <w:placeholder>
               <w:docPart w:val="2D16FC112F654270B359D8116F265703"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2268" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
-              <w:p w:rsidR="00A6481A" w:rsidRPr="00FE4BF6" w:rsidRDefault="00501574" w:rsidP="00501574">
+              <w:p w14:paraId="3B823AD7" w14:textId="77777777" w:rsidR="00A6481A" w:rsidRPr="00FE4BF6" w:rsidRDefault="00501574" w:rsidP="00501574">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="right" w:leader="underscore" w:pos="2268"/>
                   </w:tabs>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00EF1C6D">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Ort, Datum</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="SGKBTabelleStandard"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="3616" w:tblpY="-28"/>
         <w:tblW w:w="3043" w:type="dxa"/>
         <w:tblBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3043"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00392961" w:rsidRPr="00FE4BF6" w:rsidTr="00392961">
+      <w:tr w:rsidR="00392961" w:rsidRPr="00FE4BF6" w14:paraId="704C83AD" w14:textId="77777777" w:rsidTr="00392961">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3043" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00392961" w:rsidRPr="00FE4BF6" w:rsidRDefault="00501574" w:rsidP="00706F73">
+          <w:p w14:paraId="4E8F7371" w14:textId="77777777" w:rsidR="00392961" w:rsidRPr="00FE4BF6" w:rsidRDefault="00501574" w:rsidP="00706F73">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE4BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unterschrift:</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE4BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1722935570"/>
                 <w:placeholder>
                   <w:docPart w:val="6FD316F1EB4D4CB4BFFBE39E71CEAF15"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00706F73" w:rsidRPr="00FE4BF6">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Name, Vorname </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="00501574" w:rsidP="00A6481A">
+    <w:p w14:paraId="42646495" w14:textId="77777777" w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="00501574" w:rsidP="00A6481A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="2268"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE4BF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ort, Datum</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="007B76DD">
+    <w:p w14:paraId="20736ECA" w14:textId="77777777" w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="007B76DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="007B76DD">
+    <w:p w14:paraId="076DF9E0" w14:textId="77777777" w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="007B76DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="007B76DD">
+    <w:p w14:paraId="2117CC96" w14:textId="77777777" w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidRDefault="0042447B" w:rsidP="007B76DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0042447B" w:rsidRPr="00FE4BF6" w:rsidSect="006A1826">
-      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1418" w:left="1134" w:header="284" w:footer="907" w:gutter="0"/>
       <w:paperSrc w:first="15" w:other="15"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="245"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FF29DE" w:rsidRDefault="00FF29DE">
+    <w:p w14:paraId="65F95764" w14:textId="77777777" w:rsidR="00FF29DE" w:rsidRDefault="00FF29DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FF29DE" w:rsidRDefault="00FF29DE">
+    <w:p w14:paraId="26CBBB16" w14:textId="77777777" w:rsidR="00FF29DE" w:rsidRDefault="00FF29DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00FF29DE" w:rsidRDefault="00FF29DE">
+    <w:p w14:paraId="35EF6AB2" w14:textId="77777777" w:rsidR="00FF29DE" w:rsidRDefault="00FF29DE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Frutiger LT Com 45 Light">
-    <w:altName w:val="SignPainter-HouseScript"/>
+    <w:altName w:val="HelveticaNeueLT Pro 25 UltLt"/>
+    <w:panose1 w:val="020B0303030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002AFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00303C36" w:rsidRDefault="00303C36" w:rsidP="00303C36">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="042F2A79" w14:textId="77777777" w:rsidR="00303C36" w:rsidRDefault="00303C36" w:rsidP="00303C36">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00E77B9D">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00E77B9D">
       <w:instrText xml:space="preserve"> IF </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00E77B9D">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00E77B9D">
       <w:instrText>NUMPAGES</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00E77B9D">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00EF1C6D">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText>1</w:instrText>
     </w:r>
@@ -1385,181 +1419,181 @@
       <w:instrText>NUMPAGES</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00E77B9D">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="007B76DD">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText>2</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00E77B9D">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00E77B9D">
       <w:instrText>"</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00E77B9D">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FF29DE" w:rsidRDefault="00FF29DE">
+    <w:p w14:paraId="41CC1213" w14:textId="77777777" w:rsidR="00FF29DE" w:rsidRDefault="00FF29DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FF29DE" w:rsidRDefault="00FF29DE">
+    <w:p w14:paraId="0337C8EF" w14:textId="77777777" w:rsidR="00FF29DE" w:rsidRDefault="00FF29DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00FF29DE" w:rsidRDefault="00FF29DE">
+    <w:p w14:paraId="1D8AAEBA" w14:textId="77777777" w:rsidR="00FF29DE" w:rsidRDefault="00FF29DE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="18E8DC9A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7A9E6FF4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C154685E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="5F50E498"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="891ECB92"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="012D3A08"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DFAC5994"/>
     <w:numStyleLink w:val="SGKBAufzaehlung123"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07515C46"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DFAC5994"/>
     <w:numStyleLink w:val="SGKBAufzaehlung123"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09E36BF4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A352F5D6"/>
     <w:numStyleLink w:val="SGKBAufzaehlungsw"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AC2718C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DFBCC9A2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="199" w:hanging="199"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
         <w:color w:val="008751"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
@@ -1655,51 +1689,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1620"/>
         </w:tabs>
         <w:ind w:left="1592" w:hanging="199"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1819"/>
         </w:tabs>
         <w:ind w:left="1791" w:hanging="199"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="187B53E1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7A20A5CC"/>
     <w:styleLink w:val="SGBKListe"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titel1"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titel2"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -1779,51 +1813,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31A0100F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8F263E48"/>
     <w:styleLink w:val="SGKBAufzaehlungabc"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="Aufzhlungszeichenalphabetisch"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="199"/>
         </w:tabs>
         <w:ind w:left="199" w:hanging="199"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="Aufzhlungszeichenalphabetisch2"/>
       <w:lvlText w:val="%2)"/>
@@ -1901,51 +1935,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1592" w:hanging="199"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1791" w:hanging="199"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A8F41E0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C31A7652"/>
     <w:styleLink w:val="SGKBListeStandard"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Standard1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="482"/>
         </w:tabs>
         <w:ind w:left="482" w:hanging="482"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Standard2"/>
       <w:lvlText w:val="%1.%2"/>
@@ -2035,81 +2069,81 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D4240F6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A352F5D6"/>
     <w:numStyleLink w:val="SGKBAufzaehlungsw"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F4E6605"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A352F5D6"/>
     <w:numStyleLink w:val="SGKBAufzaehlungsw"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3FC52470"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A352F5D6"/>
     <w:numStyleLink w:val="SGKBAufzaehlungsw"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="419D6F18"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A352F5D6"/>
     <w:numStyleLink w:val="SGKBAufzaehlungsw"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="439B4ADA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="97FE6214"/>
     <w:numStyleLink w:val="SGKBAufzaehlung"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43B35D52"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="313C0FB6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="227"/>
         </w:tabs>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2193,57 +2227,57 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6467" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7043" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A4A2E65"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A352F5D6"/>
     <w:numStyleLink w:val="SGKBAufzaehlungsw"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="542558D4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0807001D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3)"/>
@@ -2285,63 +2319,63 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="548716DE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A352F5D6"/>
     <w:numStyleLink w:val="SGKBAufzaehlungsw"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54D36D22"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A352F5D6"/>
     <w:numStyleLink w:val="SGKBAufzaehlungsw"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="555A24EA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DFAC5994"/>
     <w:styleLink w:val="SGKBAufzaehlung123"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Aufzhlungszeichennummerisch"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="199"/>
         </w:tabs>
         <w:ind w:left="199" w:hanging="199"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Aufzhlungszeichennummerisch2"/>
       <w:lvlText w:val="%2)"/>
@@ -2419,57 +2453,57 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1592" w:hanging="199"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1791" w:hanging="199"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="563A307F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A352F5D6"/>
     <w:numStyleLink w:val="SGKBAufzaehlungsw"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="580B735F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9E628FEA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="227"/>
         </w:tabs>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2553,63 +2587,63 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6467" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7043" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62A5126D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C31A7652"/>
     <w:numStyleLink w:val="SGKBListeStandard"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B9E65C5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A352F5D6"/>
     <w:numStyleLink w:val="SGKBAufzaehlungsw"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="754C2344"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A352F5D6"/>
     <w:styleLink w:val="SGKBAufzaehlungsw"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Aufzhlungszeichensw"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="199"/>
         </w:tabs>
         <w:ind w:left="199" w:hanging="199"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
@@ -2700,51 +2734,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1592" w:hanging="199"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1791" w:hanging="199"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="774C7EA5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="97FE6214"/>
     <w:styleLink w:val="SGKBAufzaehlung"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Aufzhlungszeichen"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="199"/>
         </w:tabs>
         <w:ind w:left="199" w:hanging="199"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="008751"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Aufzhlungszeichen2"/>
@@ -2839,290 +2873,290 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1592" w:hanging="199"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1791" w:hanging="199"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7AA447FA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A352F5D6"/>
     <w:numStyleLink w:val="SGKBAufzaehlungsw"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C495A1A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7A20A5CC"/>
     <w:numStyleLink w:val="SGBKListe"/>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1261253945">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1433864645">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1992557710">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="511183924">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1181552533">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="668286654">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1903563588">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="459155973">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1289430601">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1598320894">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="802968288">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1845589850">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="577594057">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1574508551">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="548761399">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1964654378">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="25835172">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="877621273">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="613631295">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1026754740">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1785731043">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="886182685">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1661735947">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="878320358">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="228419688">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1529949550">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="469328457">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1133447253">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1651447541">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1840077290">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="374626267">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="678460630">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1030104376">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="756829047">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="1836724192">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1858426707">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1412121922">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="1515074682">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="340859207">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="1679887916">
     <w:abstractNumId w:val="10"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="1441758217">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="1595239440">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="1877349778">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="44">
+  <w:num w:numId="44" w16cid:durableId="477958507">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="45">
+  <w:num w:numId="45" w16cid:durableId="25452317">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="46">
+  <w:num w:numId="46" w16cid:durableId="1201431694">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="29F2vwnrYQia8ptqasdKtucN+AeFqkOEEX6ZLY8BRAi22HY8QvkkLnrI8Pd99HRqsb4nD/bnat+VZ4443qWPpA==" w:salt="Y9Ag0H6cQaQ1zeScafgpJQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="VarAdresse" w:val=" "/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="0042447B"/>
     <w:rsid w:val="0001210C"/>
     <w:rsid w:val="000137DE"/>
     <w:rsid w:val="00013D33"/>
     <w:rsid w:val="00014172"/>
     <w:rsid w:val="00017871"/>
     <w:rsid w:val="00032F33"/>
     <w:rsid w:val="00040575"/>
     <w:rsid w:val="0005420E"/>
     <w:rsid w:val="00063FC9"/>
     <w:rsid w:val="000727E8"/>
     <w:rsid w:val="00081824"/>
     <w:rsid w:val="00081914"/>
     <w:rsid w:val="00082B72"/>
     <w:rsid w:val="000A4438"/>
     <w:rsid w:val="000B2483"/>
     <w:rsid w:val="000B317E"/>
     <w:rsid w:val="000C0CB8"/>
     <w:rsid w:val="000D7237"/>
     <w:rsid w:val="000E21F3"/>
-    <w:rsid w:val="000E7B84"/>
     <w:rsid w:val="00113A49"/>
     <w:rsid w:val="0011458A"/>
     <w:rsid w:val="00115F28"/>
     <w:rsid w:val="00116A0D"/>
     <w:rsid w:val="001361E5"/>
     <w:rsid w:val="0014141D"/>
     <w:rsid w:val="00141BDB"/>
     <w:rsid w:val="00141E60"/>
     <w:rsid w:val="00154A5B"/>
     <w:rsid w:val="00155905"/>
     <w:rsid w:val="00155C6E"/>
     <w:rsid w:val="0016158A"/>
     <w:rsid w:val="00165668"/>
     <w:rsid w:val="00171E51"/>
     <w:rsid w:val="001750C7"/>
     <w:rsid w:val="001D323D"/>
     <w:rsid w:val="001D4423"/>
     <w:rsid w:val="001D62C7"/>
     <w:rsid w:val="001D699D"/>
     <w:rsid w:val="001D72BF"/>
     <w:rsid w:val="001F717A"/>
     <w:rsid w:val="00200453"/>
     <w:rsid w:val="00217936"/>
     <w:rsid w:val="00225DC8"/>
     <w:rsid w:val="00226992"/>
@@ -3188,99 +3222,102 @@
     <w:rsid w:val="0049562F"/>
     <w:rsid w:val="004A4E86"/>
     <w:rsid w:val="004B13B2"/>
     <w:rsid w:val="004B6B73"/>
     <w:rsid w:val="004C1AED"/>
     <w:rsid w:val="004C53C5"/>
     <w:rsid w:val="004C5957"/>
     <w:rsid w:val="004F38DA"/>
     <w:rsid w:val="004F52BE"/>
     <w:rsid w:val="00501574"/>
     <w:rsid w:val="00513F2F"/>
     <w:rsid w:val="0052273E"/>
     <w:rsid w:val="005235F7"/>
     <w:rsid w:val="00526687"/>
     <w:rsid w:val="00533CC5"/>
     <w:rsid w:val="0053410F"/>
     <w:rsid w:val="00535DE5"/>
     <w:rsid w:val="00542778"/>
     <w:rsid w:val="005445D9"/>
     <w:rsid w:val="0056516D"/>
     <w:rsid w:val="00570962"/>
     <w:rsid w:val="0057141B"/>
     <w:rsid w:val="005860A4"/>
     <w:rsid w:val="005A0215"/>
     <w:rsid w:val="005B475F"/>
+    <w:rsid w:val="005C0EF3"/>
     <w:rsid w:val="005C61D2"/>
     <w:rsid w:val="005D5F17"/>
     <w:rsid w:val="005E2179"/>
     <w:rsid w:val="005F368A"/>
     <w:rsid w:val="00600B17"/>
     <w:rsid w:val="00601438"/>
     <w:rsid w:val="006438D7"/>
     <w:rsid w:val="00644909"/>
     <w:rsid w:val="00651367"/>
     <w:rsid w:val="00653115"/>
     <w:rsid w:val="0065356E"/>
     <w:rsid w:val="006543FA"/>
     <w:rsid w:val="00655F82"/>
     <w:rsid w:val="006767D9"/>
     <w:rsid w:val="00676CA5"/>
     <w:rsid w:val="006870DD"/>
     <w:rsid w:val="0069587C"/>
     <w:rsid w:val="00697DA0"/>
     <w:rsid w:val="006A1826"/>
     <w:rsid w:val="006C5106"/>
     <w:rsid w:val="006E005D"/>
     <w:rsid w:val="00702A90"/>
     <w:rsid w:val="00706F73"/>
     <w:rsid w:val="00717504"/>
     <w:rsid w:val="00722FFC"/>
     <w:rsid w:val="00723A64"/>
     <w:rsid w:val="0072496B"/>
     <w:rsid w:val="00726B50"/>
     <w:rsid w:val="007349EC"/>
     <w:rsid w:val="00734E99"/>
     <w:rsid w:val="00742F5B"/>
     <w:rsid w:val="007433AE"/>
     <w:rsid w:val="00746410"/>
     <w:rsid w:val="00753FE1"/>
     <w:rsid w:val="00756FA5"/>
     <w:rsid w:val="00757E7D"/>
     <w:rsid w:val="00761A40"/>
     <w:rsid w:val="00765286"/>
     <w:rsid w:val="007772A5"/>
     <w:rsid w:val="00790E5F"/>
     <w:rsid w:val="007B1A43"/>
     <w:rsid w:val="007B3081"/>
     <w:rsid w:val="007B4365"/>
     <w:rsid w:val="007B5479"/>
     <w:rsid w:val="007B76DD"/>
+    <w:rsid w:val="007D4148"/>
     <w:rsid w:val="007D788F"/>
     <w:rsid w:val="007E54DD"/>
     <w:rsid w:val="007F1483"/>
     <w:rsid w:val="007F32BA"/>
+    <w:rsid w:val="007F6CF1"/>
     <w:rsid w:val="00803013"/>
     <w:rsid w:val="00823BDA"/>
     <w:rsid w:val="00823D0D"/>
     <w:rsid w:val="008242B3"/>
     <w:rsid w:val="008243E1"/>
     <w:rsid w:val="00851E03"/>
     <w:rsid w:val="00856109"/>
     <w:rsid w:val="00874093"/>
     <w:rsid w:val="00882DA0"/>
     <w:rsid w:val="00892E7C"/>
     <w:rsid w:val="00896F15"/>
     <w:rsid w:val="0089786B"/>
     <w:rsid w:val="008A12C5"/>
     <w:rsid w:val="008B28CC"/>
     <w:rsid w:val="008C6858"/>
     <w:rsid w:val="008C71FA"/>
     <w:rsid w:val="008F426B"/>
     <w:rsid w:val="00901A78"/>
     <w:rsid w:val="00903C32"/>
     <w:rsid w:val="009048C7"/>
     <w:rsid w:val="00910BBD"/>
     <w:rsid w:val="009128C8"/>
     <w:rsid w:val="009262C1"/>
     <w:rsid w:val="009375DD"/>
     <w:rsid w:val="00946847"/>
@@ -3294,80 +3331,83 @@
     <w:rsid w:val="009A7D21"/>
     <w:rsid w:val="009B59DF"/>
     <w:rsid w:val="009B5B7E"/>
     <w:rsid w:val="009E4867"/>
     <w:rsid w:val="009F0574"/>
     <w:rsid w:val="009F65AD"/>
     <w:rsid w:val="00A04232"/>
     <w:rsid w:val="00A105F2"/>
     <w:rsid w:val="00A12EBA"/>
     <w:rsid w:val="00A2167B"/>
     <w:rsid w:val="00A24B80"/>
     <w:rsid w:val="00A25235"/>
     <w:rsid w:val="00A33F2C"/>
     <w:rsid w:val="00A45FEE"/>
     <w:rsid w:val="00A53836"/>
     <w:rsid w:val="00A56C38"/>
     <w:rsid w:val="00A64224"/>
     <w:rsid w:val="00A6481A"/>
     <w:rsid w:val="00A67576"/>
     <w:rsid w:val="00A85EE5"/>
     <w:rsid w:val="00AA5D0B"/>
     <w:rsid w:val="00AC08D1"/>
     <w:rsid w:val="00AC244D"/>
     <w:rsid w:val="00AC328C"/>
     <w:rsid w:val="00AD38E5"/>
+    <w:rsid w:val="00AE20A9"/>
     <w:rsid w:val="00AE290E"/>
     <w:rsid w:val="00B106A0"/>
     <w:rsid w:val="00B11469"/>
     <w:rsid w:val="00B16B1B"/>
     <w:rsid w:val="00B20C2B"/>
     <w:rsid w:val="00B34405"/>
     <w:rsid w:val="00B4051A"/>
     <w:rsid w:val="00B405D5"/>
     <w:rsid w:val="00B4689F"/>
     <w:rsid w:val="00B46CA9"/>
     <w:rsid w:val="00B470AC"/>
     <w:rsid w:val="00B53A2D"/>
     <w:rsid w:val="00B57BF2"/>
     <w:rsid w:val="00B65974"/>
     <w:rsid w:val="00B721FB"/>
     <w:rsid w:val="00B731C3"/>
     <w:rsid w:val="00B860C5"/>
+    <w:rsid w:val="00B9055D"/>
     <w:rsid w:val="00B96345"/>
     <w:rsid w:val="00BA080A"/>
     <w:rsid w:val="00BA375A"/>
     <w:rsid w:val="00BA5E05"/>
     <w:rsid w:val="00BB120C"/>
     <w:rsid w:val="00BB18DB"/>
     <w:rsid w:val="00BB444E"/>
     <w:rsid w:val="00BC7510"/>
     <w:rsid w:val="00BD148C"/>
     <w:rsid w:val="00BE7211"/>
     <w:rsid w:val="00BF2313"/>
     <w:rsid w:val="00BF38BF"/>
     <w:rsid w:val="00C0250C"/>
+    <w:rsid w:val="00C02B87"/>
     <w:rsid w:val="00C03A99"/>
     <w:rsid w:val="00C1195F"/>
     <w:rsid w:val="00C3137A"/>
     <w:rsid w:val="00C33374"/>
     <w:rsid w:val="00C44C44"/>
     <w:rsid w:val="00C54882"/>
     <w:rsid w:val="00C60FE0"/>
     <w:rsid w:val="00C67B64"/>
     <w:rsid w:val="00C72F34"/>
     <w:rsid w:val="00C74BE6"/>
     <w:rsid w:val="00C76B70"/>
     <w:rsid w:val="00C82021"/>
     <w:rsid w:val="00CA409E"/>
     <w:rsid w:val="00CB3147"/>
     <w:rsid w:val="00CC1187"/>
     <w:rsid w:val="00CC15FF"/>
     <w:rsid w:val="00CC18D3"/>
     <w:rsid w:val="00CC3BA1"/>
     <w:rsid w:val="00CD5877"/>
     <w:rsid w:val="00CE062E"/>
     <w:rsid w:val="00CF3657"/>
     <w:rsid w:val="00D04DCD"/>
     <w:rsid w:val="00D07F81"/>
     <w:rsid w:val="00D13008"/>
     <w:rsid w:val="00D24AAE"/>
@@ -3420,705 +3460,916 @@
     <w:rsid w:val="00FC33CB"/>
     <w:rsid w:val="00FC4D53"/>
     <w:rsid w:val="00FD071D"/>
     <w:rsid w:val="00FD4807"/>
     <w:rsid w:val="00FD4C29"/>
     <w:rsid w:val="00FD5F17"/>
     <w:rsid w:val="00FE0ACF"/>
     <w:rsid w:val="00FE4BF6"/>
     <w:rsid w:val="00FF29DE"/>
     <w:rsid w:val="00FF3CFB"/>
     <w:rsid w:val="00FF48C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="de-CH" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="7AA11CB6"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{6208D145-679C-428D-9099-09887DFD3458}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="276">
-[...157 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="4" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="4" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="4" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="0"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="6" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="6" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:uiPriority="2" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:uiPriority="2" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:uiPriority="2" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:uiPriority="2" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:uiPriority="2" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="7" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="7"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:aliases w:val="Standard SGKB"/>
     <w:qFormat/>
     <w:rsid w:val="007B76DD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Listenfortsetzung"/>
     <w:next w:val="Standard"/>
-    <w:link w:val="berschrift1Zeichen"/>
+    <w:link w:val="berschrift1Zchn"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="001750C7"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="left" w:pos="284"/>
       </w:tabs>
       <w:spacing w:line="300" w:lineRule="atLeast"/>
       <w:ind w:left="0"/>
       <w:contextualSpacing w:val="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Listenfortsetzung2"/>
     <w:next w:val="Standard"/>
-    <w:link w:val="berschrift2Zeichen"/>
+    <w:link w:val="berschrift2Zchn"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="001750C7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="60"/>
       <w:ind w:left="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
-    <w:link w:val="berschrift3Zeichen"/>
+    <w:link w:val="berschrift3Zchn"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="001750C7"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="left" w:pos="567"/>
       </w:tabs>
       <w:spacing w:after="60"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="868686"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:uiPriority w:val="6"/>
     <w:semiHidden/>
     <w:rsid w:val="001750C7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="60"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
-    <w:link w:val="berschrift5Zeichen"/>
+    <w:link w:val="berschrift5Zchn"/>
     <w:uiPriority w:val="6"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00BF2313"/>
     <w:pPr>
       <w:spacing w:after="60"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
-    <w:link w:val="berschrift6Zeichen"/>
+    <w:link w:val="berschrift6Zchn"/>
     <w:uiPriority w:val="6"/>
     <w:semiHidden/>
     <w:rsid w:val="00305D60"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="60"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
-    <w:link w:val="berschrift7Zeichen"/>
+    <w:link w:val="berschrift7Zchn"/>
     <w:uiPriority w:val="6"/>
     <w:semiHidden/>
     <w:rsid w:val="00305D60"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="60"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Absatzstandardschriftart">
+  <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift5Zeichen">
-    <w:name w:val="Überschrift 5 Zeichen"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift5Zchn">
+    <w:name w:val="Überschrift 5 Zchn"/>
     <w:link w:val="berschrift5"/>
     <w:uiPriority w:val="6"/>
     <w:semiHidden/>
     <w:rsid w:val="007B76DD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="SGKBTabelle">
     <w:name w:val="SGKB_Tabelle"/>
     <w:basedOn w:val="NormaleTabelle"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BD148C"/>
     <w:pPr>
       <w:spacing w:line="180" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Frutiger LT Com 45 Light" w:hAnsi="Frutiger LT Com 45 Light"/>
       <w:sz w:val="15"/>
     </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="57" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
           <w:tl2br w:val="nil"/>
           <w:tr2bl w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kopfzeile">
     <w:name w:val="header"/>
     <w:basedOn w:val="Standard"/>
-    <w:link w:val="KopfzeileZeichen"/>
+    <w:link w:val="KopfzeileZchn"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B65974"/>
     <w:pPr>
       <w:spacing w:line="210" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
       <w:sz w:val="17"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Fuzeile">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Standard"/>
-    <w:link w:val="FuzeileZeichen"/>
+    <w:link w:val="FuzeileZchn"/>
     <w:semiHidden/>
     <w:rsid w:val="00B65974"/>
     <w:pPr>
       <w:spacing w:line="210" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellenraster">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormaleTabelle"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="009A6EE9"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Verzeichnis1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Verzeichnis2"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
       </w:tabs>
       <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Verzeichnis2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Verzeichnis1"/>
     <w:next w:val="Verzeichnis3"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:before="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Verzeichnis3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Verzeichnis2"/>
     <w:next w:val="Verzeichnis4"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Verzeichnis4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Verzeichnis2"/>
     <w:next w:val="Standard"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sprechblasentext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Standard"/>
-    <w:link w:val="SprechblasentextZeichen"/>
+    <w:link w:val="SprechblasentextZchn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00757E7D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZeichen">
-    <w:name w:val="Sprechblasentext Zeichen"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
+    <w:name w:val="Sprechblasentext Zchn"/>
     <w:link w:val="Sprechblasentext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00757E7D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listenfortsetzung">
     <w:name w:val="List Continue"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008242B3"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listenfortsetzung2">
     <w:name w:val="List Continue 2"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008242B3"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="566"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="SchwacheHervorhebung">
     <w:name w:val="Subtle Emphasis"/>
-    <w:basedOn w:val="Absatzstandardschriftart"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="19"/>
     <w:semiHidden/>
     <w:rsid w:val="00C76B70"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="808080" w:themeColor="text1" w:themeTint="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift6Zeichen">
-[...1 lines deleted...]
-    <w:basedOn w:val="Absatzstandardschriftart"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift6Zchn">
+    <w:name w:val="Überschrift 6 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift6"/>
     <w:uiPriority w:val="6"/>
     <w:semiHidden/>
     <w:rsid w:val="007B76DD"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift7Zeichen">
-[...1 lines deleted...]
-    <w:basedOn w:val="Absatzstandardschriftart"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift7Zchn">
+    <w:name w:val="Überschrift 7 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift7"/>
     <w:uiPriority w:val="6"/>
     <w:semiHidden/>
     <w:rsid w:val="007B76DD"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Link">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Absatzstandardschriftart"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00601438"/>
     <w:rPr>
       <w:color w:val="008751"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listenabsatz">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="34"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="001D4423"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Absatzstandardschriftart"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00165668"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="GesichteterLink">
+  <w:style w:type="character" w:styleId="BesuchterLink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Absatzstandardschriftart"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E77B9D"/>
     <w:rPr>
       <w:color w:val="auto"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SGKBFunktion">
     <w:name w:val="SGKB_Funktion"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="8"/>
     <w:rsid w:val="00E77B9D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2552"/>
       </w:tabs>
       <w:spacing w:before="20" w:line="210" w:lineRule="atLeast"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="16"/>
     </w:rPr>
@@ -4238,178 +4489,178 @@
     <w:qFormat/>
     <w:rsid w:val="001750C7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2552"/>
       </w:tabs>
       <w:spacing w:after="20" w:line="200" w:lineRule="atLeast"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:bCs/>
       <w:sz w:val="15"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SGKBAbsenderadresse">
     <w:name w:val="SGKB_Absenderadresse"/>
     <w:basedOn w:val="Kopfzeile"/>
     <w:uiPriority w:val="8"/>
     <w:rsid w:val="00EB035A"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZeichen">
-[...1 lines deleted...]
-    <w:basedOn w:val="Absatzstandardschriftart"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
+    <w:name w:val="Kopfzeile Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Kopfzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B65974"/>
     <w:rPr>
       <w:rFonts w:ascii="Frutiger LT Com 45 Light" w:hAnsi="Frutiger LT Com 45 Light"/>
       <w:noProof/>
       <w:sz w:val="17"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="SGBKListe">
     <w:name w:val="SGBK_Liste"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00466E73"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="SGKBAufzaehlungsw">
     <w:name w:val="SGKB_Aufzaehlung_sw"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00231F2F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titel">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Standard"/>
-    <w:link w:val="TitelZeichen"/>
+    <w:link w:val="TitelZchn"/>
     <w:uiPriority w:val="7"/>
     <w:qFormat/>
     <w:rsid w:val="00E175D9"/>
     <w:pPr>
       <w:spacing w:line="380" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:kern w:val="28"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitelZeichen">
-[...1 lines deleted...]
-    <w:basedOn w:val="Absatzstandardschriftart"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitelZchn">
+    <w:name w:val="Titel Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Titel"/>
     <w:uiPriority w:val="7"/>
     <w:rsid w:val="00E175D9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:kern w:val="28"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Untertitel">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
-    <w:link w:val="UntertitelZeichen"/>
+    <w:link w:val="UntertitelZchn"/>
     <w:uiPriority w:val="7"/>
     <w:semiHidden/>
     <w:rsid w:val="001750C7"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:line="300" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UntertitelZeichen">
-[...1 lines deleted...]
-    <w:basedOn w:val="Absatzstandardschriftart"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UntertitelZchn">
+    <w:name w:val="Untertitel Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Untertitel"/>
     <w:uiPriority w:val="7"/>
     <w:semiHidden/>
     <w:rsid w:val="00305D60"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zeichen">
-[...1 lines deleted...]
-    <w:basedOn w:val="Absatzstandardschriftart"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zchn">
+    <w:name w:val="Überschrift 1 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift1"/>
     <w:uiPriority w:val="6"/>
     <w:rsid w:val="007B76DD"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift2Zeichen">
-[...1 lines deleted...]
-    <w:basedOn w:val="Absatzstandardschriftart"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift2Zchn">
+    <w:name w:val="Überschrift 2 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift2"/>
     <w:uiPriority w:val="6"/>
     <w:rsid w:val="007B76DD"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift3Zeichen">
-[...1 lines deleted...]
-    <w:basedOn w:val="Absatzstandardschriftart"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift3Zchn">
+    <w:name w:val="Überschrift 3 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift3"/>
     <w:uiPriority w:val="6"/>
     <w:rsid w:val="007B76DD"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="868686"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard2mmAbstandnach">
     <w:name w:val="Standard_2mm Abstand nach"/>
     <w:basedOn w:val="Standard"/>
     <w:qFormat/>
     <w:rsid w:val="00E33F5B"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard2mmAbstandvornach">
     <w:name w:val="Standard_2mm Abstand vor/nach"/>
     <w:basedOn w:val="Standard2mmAbstandnach"/>
     <w:qFormat/>
     <w:rsid w:val="00E33F5B"/>
@@ -4480,88 +4731,86 @@
     <w:next w:val="Standard"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00466E73"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="SGKBTabelleStandard">
     <w:name w:val="SGKB_Tabelle_Standard"/>
     <w:basedOn w:val="NormaleTabelle"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE659F"/>
     <w:pPr>
       <w:spacing w:line="180" w:lineRule="atLeast"/>
       <w:ind w:left="57" w:right="57"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Frutiger LT Com 45 Light" w:hAnsi="Frutiger LT Com 45 Light"/>
       <w:sz w:val="15"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="57" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:tl2br w:val="nil"/>
           <w:tr2bl w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZeichen">
-[...1 lines deleted...]
-    <w:basedOn w:val="Absatzstandardschriftart"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
+    <w:name w:val="Fußzeile Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:semiHidden/>
     <w:rsid w:val="008C6858"/>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="SGKBAufzaehlung">
     <w:name w:val="SGKB_Aufzaehlung"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00115F28"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="18"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Aufzhlungszeichensw">
     <w:name w:val="Aufzählungszeichen sw"/>
     <w:basedOn w:val="Aufzhlungszeichen"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00231F2F"/>
     <w:pPr>
       <w:numPr>
@@ -4694,1327 +4943,67 @@
     <w:basedOn w:val="Standard3"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="007B76DD"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard5">
     <w:name w:val="Standard 5"/>
     <w:basedOn w:val="Standard4"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="007B76DD"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...1257 lines deleted...]
-
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
-  <w:doNotSaveAsSingleFile/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gewerbe-herisau.ch/downloads.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gewerbe-herisau.ch/downloads.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2B863E0E375E45899E84C65AF59CDA58"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E33C6E3D-67EF-4C86-9617-4AB66D185E44}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0097243D" w:rsidRDefault="009B79FC" w:rsidP="009B79FC">
           <w:pPr>
             <w:pStyle w:val="2B863E0E375E45899E84C65AF59CDA584"/>
           </w:pPr>
           <w:r w:rsidRPr="00EF1C6D">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6200,699 +5189,592 @@
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E4188615-2D4D-4AC8-AFDE-686B94931E70}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0097243D" w:rsidRDefault="009B79FC" w:rsidP="009B79FC">
           <w:pPr>
             <w:pStyle w:val="6FD316F1EB4D4CB4BFFBE39E71CEAF153"/>
           </w:pPr>
           <w:r w:rsidRPr="00FE4BF6">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t xml:space="preserve">Name, Vorname </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Frutiger LT Com 45 Light">
-    <w:altName w:val="SignPainter-HouseScript"/>
+    <w:altName w:val="HelveticaNeueLT Pro 25 UltLt"/>
+    <w:panose1 w:val="020B0303030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002AFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="ＭＳ ゴシック">
-[...1 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00953517"/>
     <w:rsid w:val="004D3FD0"/>
+    <w:rsid w:val="007D4148"/>
     <w:rsid w:val="00953517"/>
     <w:rsid w:val="0097243D"/>
     <w:rsid w:val="009B79FC"/>
     <w:rsid w:val="00AF65FD"/>
+    <w:rsid w:val="00B9055D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="de-CH" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotAutoCompressPictures/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="276">
-[...145 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Absatzstandardschriftart">
+  <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr>
       <w:hidden/>
     </w:trPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Absatzstandardschriftart"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009B79FC"/>
     <w:rPr>
       <w:color w:val="808080"/>
-    </w:rPr>
-[...326 lines deleted...]
-      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2B863E0E375E45899E84C65AF59CDA584">
     <w:name w:val="2B863E0E375E45899E84C65AF59CDA584"/>
     <w:rsid w:val="009B79FC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3C304995452347DF809FCDAE81C3D2344">
     <w:name w:val="3C304995452347DF809FCDAE81C3D2344"/>
     <w:rsid w:val="009B79FC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
@@ -6938,679 +5820,54 @@
     <w:rsid w:val="009B79FC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6FD316F1EB4D4CB4BFFBE39E71CEAF153">
     <w:name w:val="6FD316F1EB4D4CB4BFFBE39E71CEAF153"/>
     <w:rsid w:val="009B79FC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/glossary/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...622 lines deleted...]
-
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
-  <w:doNotSaveAsSingleFile/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="SGKB_Theme_Frutiger">
   <a:themeElements>
     <a:clrScheme name="SGKB_Colours">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="747474"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="BABABA"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="008751"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="004328"/>
       </a:accent2>
@@ -8053,59 +6310,50 @@
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps8.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Inform Dokument" ma:contentTypeID="0x01010078C60754CC2B49F593977741DE2BEDFF00FA02FFE9DC352847A554AA1B6732E7AF" ma:contentTypeVersion="3" ma:contentTypeDescription="Inform Dokument" ma:contentTypeScope="" ma:versionID="b00fe91d9bc8cd7781117a027ac1a96b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="04bb10cb-4788-4dcb-9d6d-9126e83d8179" xmlns:ns3="1328F687-AE8A-43A8-9B25-1FD67B2F123A" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns5="1328f687-ae8a-43a8-9b25-1fd67b2f123a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="741d5b53b0a43a36337ab26972c80f66" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="04bb10cb-4788-4dcb-9d6d-9126e83d8179"/>
     <xsd:import namespace="1328F687-AE8A-43A8-9B25-1FD67B2F123A"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="1328f687-ae8a-43a8-9b25-1fd67b2f123a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:Mandanten_0" minOccurs="0"/>
                 <xsd:element ref="ns3:Portale_0" minOccurs="0"/>
                 <xsd:element ref="ns3:Prozesse_0" minOccurs="0"/>
                 <xsd:element ref="ns3:Kategorie_0" minOccurs="0"/>
                 <xsd:element ref="ns3:Publikationsorte_0" minOccurs="0"/>
                 <xsd:element ref="ns3:PublikationAlsPDF" minOccurs="0"/>
                 <xsd:element ref="ns4:Zustaendig"/>
                 <xsd:element ref="ns3:Abstrakt" minOccurs="0"/>
                 <xsd:element ref="ns5:ConnectionGuid" minOccurs="0"/>
                 <xsd:element ref="ns3:Portalsortierung" minOccurs="0"/>
@@ -8333,51 +6581,101 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="04bb10cb-4788-4dcb-9d6d-9126e83d8179">
       <Value>3653</Value>
       <Value>3719</Value>
       <Value>3684</Value>
       <Value>2663</Value>
       <Value>3716</Value>
       <Value>2575</Value>
       <Value>251</Value>
       <Value>1</Value>
     </TaxCatchAll>
     <Zustaendig xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">
       <UserInfo>
         <DisplayName>Egli Monika (sg4303, Mmw)</DisplayName>
         <AccountId>94</AccountId>
         <AccountType/>
       </UserInfo>
     </Zustaendig>
     <TaxKeywordTaxHTField xmlns="04bb10cb-4788-4dcb-9d6d-9126e83d8179">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Mustervorlage</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">b525216a-627d-48c9-883c-36fabcf1c2d7</TermId>
         </TermInfo>
@@ -8421,224 +6719,183 @@
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </Portale_0>
     <Kategorie_0 xmlns="1328F687-AE8A-43A8-9B25-1FD67B2F123A">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Dokumentenvorlage</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">be0c3e15-0d22-4334-b298-cf5bb397258a</TermId>
         </TermInfo>
       </Terms>
     </Kategorie_0>
     <Prozesse_0 xmlns="1328F687-AE8A-43A8-9B25-1FD67B2F123A">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </Prozesse_0>
     <Mandanten_0 xmlns="1328F687-AE8A-43A8-9B25-1FD67B2F123A">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">SGKB</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">084b85ea-22dd-48b2-8ea5-e002ba38c55d</TermId>
         </TermInfo>
       </Terms>
     </Mandanten_0>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...44 lines deleted...]
-
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item8.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8A12639-8AE4-496B-B448-CA3AA48A3736}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7ADC36A7-5C1B-4686-A69E-2D367880D42C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="04bb10cb-4788-4dcb-9d6d-9126e83d8179"/>
     <ds:schemaRef ds:uri="1328F687-AE8A-43A8-9B25-1FD67B2F123A"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="1328f687-ae8a-43a8-9b25-1fd67b2f123a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F714FE4-DD88-459E-A2B2-9C93CD8DD561}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EA93D4B-6BFD-441D-A00F-D52E2C2C2925}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15B22E39-1421-4401-8F10-0D0F01BE8CAF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="1328f687-ae8a-43a8-9b25-1fd67b2f123a"/>
     <ds:schemaRef ds:uri="1328F687-AE8A-43A8-9B25-1FD67B2F123A"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="04bb10cb-4788-4dcb-9d6d-9126e83d8179"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EA93D4B-6BFD-441D-A00F-D52E2C2C2925}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8145B26D-6477-41EB-9A39-ABEC0F6A8E92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C83CB73-8AE4-45AE-AD95-9C0A49FC0CC4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49EC0D67-2709-4007-88AA-CF60F25D6A4B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7EC765D5-96D0-7647-AF5C-01BC8DB8E6FE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8A12639-8AE4-496B-B448-CA3AA48A3736}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps8.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73082E97-DA32-5940-8678-518D1BB0B0CE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C83CB73-8AE4-45AE-AD95-9C0A49FC0CC4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>135</Words>
-[...1 lines deleted...]
-  <Application>Microsoft Macintosh Word</Application>
+  <Words>104</Words>
+  <Characters>886</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>St.Galler Kantonalbank</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>985</CharactersWithSpaces>
+  <CharactersWithSpaces>989</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject>Word 2010</dc:subject>
   <dc:creator>Lindenstruth Leonie (sg10879, HsPba-ll)</dc:creator>
   <cp:keywords>Normal.dot</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>